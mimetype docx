--- v0 (2025-11-04)
+++ v1 (2026-01-27)
@@ -9,12495 +9,12342 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="00000001" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+    <w:p w14:paraId="00000001" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="9634" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9634"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0037306E" w14:paraId="21363A29" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="448CCDDA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9634" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
           </w:tcPr>
-          <w:p w14:paraId="00000002" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000002" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="72"/>
                 <w:szCs w:val="72"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="72"/>
                 <w:szCs w:val="72"/>
               </w:rPr>
               <w:t>River Basin Planning Primer</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00000003" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000003" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>BRIGHT programme</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:tab/>
               <w:t>November 9 to December 19, 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="00000006" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+    <w:p w14:paraId="00000006" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
         <w:tblW w:w="9735" w:type="dxa"/>
         <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="255"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="1140"/>
         <w:gridCol w:w="651"/>
         <w:gridCol w:w="2169"/>
         <w:gridCol w:w="4245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0037306E" w14:paraId="3861F862" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="68C20CDE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000008" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000008" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000009" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000009" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Period</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000000A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000000A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Room</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000000B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000000B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lecturer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000000C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000000C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Subject</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="21829800" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="77749755" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000000D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000000D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000000E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000000E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>THU 9 Oct</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000000F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000000F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000010" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000010" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000011" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
-[...22 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="00000011" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Van Cauwenbergh</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000012" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000012" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Introduction to module – </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>“Why and how do we plan?”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="2A0E0E05" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="4EDE8D4A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000013" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000013" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000014" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000014" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000015" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000015" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000016" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000016" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000017" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
-[...28 lines deleted...]
-              <w:t>/ Seyoum/ Van der Zaag</w:t>
+          <w:p w14:paraId="00000017" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Van Cauwenbergh/ Seyoum/ Van der Zaag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000018" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000018" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Exercise – Water Resources Plans analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="783C9D5F" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="4ADF4200" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000019" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000019" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000001A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000001A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000001B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000001B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000001C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000001C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000001D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
-[...28 lines deleted...]
-              <w:t>/</w:t>
+          <w:p w14:paraId="0000001D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Van Cauwenbergh/</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000001E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000001E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lecture - Framework for analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="486E3142" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="71F3C5F9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000001F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000001F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000020" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000020" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FRI 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000021" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000021" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000022" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000022" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000023" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000023" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000024" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000024" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Lecture – Introduction situation and problem analysis </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="4664929C" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="2FFEE8B4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000025" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000025" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000026" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000026" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000027" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000027" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000028" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000028" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000029" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000029" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000002A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000002A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Exercise 1 – Situation and problem analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="1B593826" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="613215FC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000002B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000002B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000002C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000002C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000002D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000002D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000002E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000002E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000002F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000002F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000030" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000030" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Exercise 2 – Situation and problem analysis of your own basin – homework</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="48CBDC9A" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="59824128" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000031" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000031" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000032" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000032" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MON 13 Oct</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000033" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000033" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000034" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000034" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000035" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000035" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Van der Zaag / Chukalla / Yalew</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000036" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000036" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Work on exercise</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="4FDACEC5" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="750A88D9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000037" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000037" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000038" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000038" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000039" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000039" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000003A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000003A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000003B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000003B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Van der Zaag / Chukalla / Yalew</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000003C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000003C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Presentation exercises and peer learning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="183B38B4" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="3030ED8F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000003D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000003D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000003E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000003E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TUE 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000003F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000003F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000040" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000040" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000041" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
-[...22 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="00000041" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Van Cauwenbergh</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000042" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000042" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Exercise – Stakeholder analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="32FB22C4" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="6016632F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000043" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000043" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000044" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000044" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000045" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000045" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000046" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000046" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000047" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
-[...22 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="00000047" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Van Cauwenbergh</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000048" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000048" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lecture – Stakeholder involvement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="677176B8" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="55E7F2EA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000049" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000049" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000004A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000004A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000004B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000004B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000004C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000004C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000004D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
-[...22 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="0000004D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Van Cauwenbergh</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000004E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000004E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Exercise – Stakeholder involvement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="06E44F8F" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="3E5EE9FA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000004F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000004F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000050" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000050" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WED 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000051" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000051" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000052" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000052" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000053" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000053" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Douven</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000054" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000054" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Present exercise on stakeholders</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="7FCCC4D6" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="5A42F608" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000055" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000055" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000056" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000056" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000057" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000057" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000058" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000058" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000059" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000059" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Douven</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000005A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000005A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lecture – Objectives, criteria and indicator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="6DA8462B" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="55E5856B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000005B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000005B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000005C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000005C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000005D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000005D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000005E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000005E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000005F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000005F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Douven</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000060" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000060" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lecture – Defining action plans</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="6B98C658" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="613C4504" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000061" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000061" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000062" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000062" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>THU 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000063" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000063" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000064" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000064" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000065" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000065" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000066" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000066" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Exercise: Combine action plan – actions and stakeholder for your basin </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="5EFE1F5E" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="6030A0EA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000067" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000067" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000068" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000068" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000069" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000069" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000006A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000006A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000006B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000006B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000006C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000006C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Continue exercise</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="56064DA9" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="449A1184" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000006D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000006D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000006E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000006E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FRI 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000006F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000006F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000070" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000070" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000071" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000071" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000072" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000072" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lecture – MOTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="4ADE378B" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="659ECCFE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000073" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000073" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000074" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000074" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000075" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000075" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000076" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000076" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000077" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000077" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000078" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000078" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Game – MOTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="4A059F98" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="182B1686" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000079" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000079" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000007A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000007A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MON 20 Oct</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000007B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000007B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000007C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000007C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000007D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000007D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Van der Zaag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000007E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000007E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reflection of learning so far</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="54C86ABA" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="480BDBE2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000007F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000007F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000080" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000080" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000081" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000081" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000082" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000082" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000083" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000083" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Van der Zaag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000084" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000084" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Training programme and specialist thematic topics</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="27B3399D" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="09FF58B4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000085" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000085" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000086" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000086" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TUE 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000087" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000087" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000088" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000088" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000089" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000089" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Van der Zaag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000008A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000008A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>River basin management and planning – a refresher</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="21B5FFEC" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="23FA9E93" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000008B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000008B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000008C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000008C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000008D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000008D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000008E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000008E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000008F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000008F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Van der Zaag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000090" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000090" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Serious game – sharing a water source</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="5E27C9F0" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="60A2352F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000091" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000091" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000092" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000092" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WED 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000093" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000093" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000094" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000094" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000095" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000095" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yalew</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000096" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000096" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Data bases for basin planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="377AE7C9" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="49DF265D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000097" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000097" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000098" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000098" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000099" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000099" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000009A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000009A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000009B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000009B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000009C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000009C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tbc</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="011ADD92" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="10CF92E8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000009D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000009D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000009E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000009E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>THU 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000009F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000009F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000A0" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000A0" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000A1" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000A1" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yalew</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000A2" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000A2" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Climate change and river basins – an introduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="7EB2CB74" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="06438EF3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000A3" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000A3" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000A4" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000A4" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000A5" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000A5" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000A6" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000A6" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000A7" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000A7" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000A8" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000A8" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tbc</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="2C3421CC" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="68CFAA63" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000A9" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000A9" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000AA" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000AA" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FRI 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000AB" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000AB" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000AC" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000AC" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000AD" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000AD" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yalew</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000AE" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000AE" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Data bases for basin planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="6701497A" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="01C874F4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="255" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000AF" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000AF" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000000B0" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000B0" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000000B1" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000B1" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000000B2" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000B2" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000000B3" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000B3" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000000B4" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000B4" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tbc</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="376CBA44" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="023B7815" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000000B5" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000B5" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MON 27 Oct</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000B7" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000B7" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000B8" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000B8" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000B9" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000B9" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000000BA" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000BA" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="6132A096" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="3E7A5D07" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000000BB" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000BB" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000BD" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000BD" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000BE" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000BE" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000BF" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000BF" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000C0" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000C0" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Institutional embedding the basin plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="6E478B2F" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="774FA423" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000000C1" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000C1" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000C3" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000C3" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000C4" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000C4" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000C5" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000C5" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000C6" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000C6" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Institutional embedding the basin plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="49B36B1B" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="4558B9AB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000000C7" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000C7" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TUE 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000C9" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000C9" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000CA" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000CA" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000CB" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000CB" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000CC" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000CC" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="0320CD58" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="77D79EC6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000000CD" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000CD" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000CF" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000CF" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000D0" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000D0" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000D1" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000D1" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000D2" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000D2" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Institutional embedding the basin plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="1C7256FA" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="25F300FA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000000D3" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000D3" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000D5" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000D5" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000D6" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000D6" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000D7" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000D7" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000D8" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000D8" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Institutional embedding the basin plan</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="697F7C87" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="767931C9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000000D9" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000D9" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WED 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000DB" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000DB" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000DC" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000DC" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000DD" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000DD" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000DE" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000DE" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="5AD9315D" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="2277EA5A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000000DF" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000DF" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000E1" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000E1" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000E2" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000E2" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000E3" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000E3" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000E4" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000E4" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="5947B352" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="6D663BC2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000000E5" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000E5" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>THU 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000E7" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000E7" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000E8" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000E8" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000E9" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000E9" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mul/Seyoum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000EA" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000EA" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Geospatial data and RS for basin planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="2EB73844" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="060F831B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000000EB" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000EB" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000ED" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000ED" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000EE" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000EE" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000EF" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000EF" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mul/Seyoum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000F0" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000F0" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Geospatial data and RS for basin planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="45F65C9F" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="1C255F94" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000000F1" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000F1" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fri 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000F3" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000F3" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000F4" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000F4" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000F5" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000F5" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Seyoum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000000F6" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000F6" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Geospatial data and RS for basin planning - exercise</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="174C2A63" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="60D07027" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000000F7" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
-[...8 lines deleted...]
-          <w:p w14:paraId="000000F8" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000F7" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="000000F8" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000000FA" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000FA" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000000FB" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000FB" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000000FC" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000FC" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000000FD" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000000FD" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="6002DDA6" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="376B7BA2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000000FE" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000000FE" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MON 3 Nov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000100" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000100" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000101" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000101" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000102" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000102" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Susnik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000103" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000103" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WEFE-nexus aspects for basin planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="68FE004B" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="3172CC2C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000104" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000104" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000106" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000106" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000107" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000107" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000108" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000108" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chukalla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000109" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000109" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WEFE-nexus aspects for basin planning - exercise</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="735E3906" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="1C0F710E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000010A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000010A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TUE 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000010C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000010C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000010D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000010D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000010E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000010E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wenninger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000010F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000010F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Basin Information Management for RBMP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="00BE9E15" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="1770DAFD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000110" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000110" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000112" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000112" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000113" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000113" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000114" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000114" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wenninger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000115" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000115" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Basin Information Management for RBMP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="2BC34BB2" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="5F8DD887" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000116" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000116" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WED 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000118" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000118" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000119" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000119" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000011A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000011A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Van der Zaag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000011B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000011B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Large cities - introductory exercises.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="7E3BAAC0" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="5FB88ADB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000011C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000011C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000011E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000011E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000011F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000011F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000120" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000120" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000121" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000121" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="52129135" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="45B3EF44" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000122" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000122" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>THU 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000124" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000124" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000125" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000125" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000126" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000126" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Veerbeek &amp; Van der Zaag</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000127" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000127" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Large cities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="2D596D74" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="22EED946" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000128" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000128" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000012A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000012A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000012B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000012B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000012C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000012C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dr Gete Zeleke, WLRC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000012D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000012D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>13:00 hrs</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: Restoring the catchment: soil and water conservation and  watershed management</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="5AC8D4C1" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="4012168A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000012E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000012E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FRI 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000130" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000130" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000131" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000131" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000132" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000132" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000133" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000133" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="6596D33E" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="10F78A3F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000134" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000134" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000136" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000136" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000137" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000137" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000138" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000138" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Van der  Zaag, Chukalla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000139" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
-[...22 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="00000139" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Restoring the catchment: cases from Abbay and Tekeze</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="47798BE5" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="458A2625" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000013A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000013A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:tag w:val="goog_rdk_0"/>
-                <w:id w:val="-1097154192"/>
+                <w:id w:val="-1257034823"/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:commentRangeStart w:id="0"/>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MON 10 Nov</w:t>
             </w:r>
             <w:commentRangeEnd w:id="0"/>
             <w:r>
               <w:commentReference w:id="0"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000013C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000013C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000013D" w14:textId="334F44FF" w:rsidR="0037306E" w:rsidRDefault="00E0062E">
+          <w:p w14:paraId="0000013D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000013E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> (NCEA)</w:t>
+          <w:p w14:paraId="0000013E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anna Chadarevian (NCEA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000013F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-                <w:highlight w:val="yellow"/>
+          <w:p w14:paraId="0000013F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Impact assessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="1CF8A683" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="5FE63D05" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000140" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000140" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000142" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000142" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000143" w14:textId="1B5CAF6B" w:rsidR="0037306E" w:rsidRDefault="00E0062E">
+          <w:p w14:paraId="00000143" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000144" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000144" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000145" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000145" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="0A18ACA9" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="1EBFD205" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000146" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000146" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TUE 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000148" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000148" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000149" w14:textId="336506C2" w:rsidR="0037306E" w:rsidRDefault="00E0062E">
+          <w:p w14:paraId="00000149" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2169" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000014A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E0062E">
-[...12 lines deleted...]
-          <w:p w14:paraId="0000014A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Katsanou</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0000014B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Katsanou</w:t>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t>Groundwater development and management in the context of river basin management planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="6FA4844B" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="3FE8BE31" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000014C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000014C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000014E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000014E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000014F" w14:textId="18B18E6A" w:rsidR="0037306E" w:rsidRDefault="00E0062E">
+          <w:p w14:paraId="0000014F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000150" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000150" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000151" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000151" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="1574143B" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="5ED5365D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="514"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000152" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000152" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WED 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000154" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000154" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000155" w14:textId="0324BCC8" w:rsidR="0037306E" w:rsidRDefault="00E0062E">
+          <w:p w14:paraId="00000155" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000156" w14:textId="63BC9669" w:rsidR="0037306E" w:rsidRDefault="00000000">
-[...14 lines deleted...]
-              <w:t>?Gettel</w:t>
+          <w:p w14:paraId="00000156" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gettel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000157" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-                <w:highlight w:val="yellow"/>
+          <w:p w14:paraId="00000157" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Water pollution, eutrophication and water hyacinth infestation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="2138CCF7" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="34938273" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000158" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000158" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000015A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000015A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000015B" w14:textId="2936E81B" w:rsidR="0037306E" w:rsidRDefault="00E0062E">
+          <w:p w14:paraId="0000015B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000015C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0000015C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gettel</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000015D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0000015D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Water pollution, eutrophication and water hyacinth infestation</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="1B1BD5AE" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="1A004880" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000015E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000015E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>THU 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000160" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000160" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000161" w14:textId="6D946307" w:rsidR="0037306E" w:rsidRDefault="00E0062E">
+          <w:p w14:paraId="00000161" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000162" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000162" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Seyoum/Chukalla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000163" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
-[...12 lines deleted...]
-              <w:t>?Establishment of specialist thematic groups</w:t>
+          <w:p w14:paraId="00000163" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Establishment of specialist thematic groups</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="15E145A9" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="17EA1E5C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000164" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000164" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000166" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000166" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000167" w14:textId="084BF3AA" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000167" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000168" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000168" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000169" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000169" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="7E3A28E0" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="0B9B6A52" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000016A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000016A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FRI 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000016C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000016C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000016D" w14:textId="1053CCED" w:rsidR="0037306E" w:rsidRDefault="00E0062E">
+          <w:p w14:paraId="0000016D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000016E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0000016E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000016F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0000016F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="183F1A54" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="644A766C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000170" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000170" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000172" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000172" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000173" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="00000173" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000174" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000174" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000175" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000175" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="47E1D338" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="17ADF4A3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000176" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000176" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MON 17 Nov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000178" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000178" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000179" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000179" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000017A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000017A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000017B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000017B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Group work Specialist thematic groups</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="3D70E8DB" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="078EDE2C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000017C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000017C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000017E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000017E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000017F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000017F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000180" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000180" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000181" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000181" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="2FA1E769" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="0EEDE001" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000182" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000182" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TUE 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000184" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000184" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000185" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000185" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000186" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000186" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000187" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000187" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="7137766A" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="56B74BAC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000188" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000188" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000018A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000018A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000018B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000018B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000018C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000018C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000018D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000018D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="77C6C773" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="50DEDFFF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000018E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000018E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WED 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000190" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000190" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000191" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000191" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000192" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000192" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000193" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000193" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="1FDE8C3A" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="114423AA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000194" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000194" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000196" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000196" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000197" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000197" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000198" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000198" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000199" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000199" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="37B653E1" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="7E18E50E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000019A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000019A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>THU 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000019C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000019C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000019D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000019D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000019E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000019E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000019F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000019F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="68BCAB2A" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="1C18420C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000001A0" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001A0" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001A2" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001A2" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001A3" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001A3" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001A4" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001A4" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001A5" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001A5" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="28FF4E97" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="69AA98DA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000001A6" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001A6" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FRI 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001A8" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001A8" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001A9" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001A9" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001AA" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001AA" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001AB" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001AB" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="6576B2A5" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="50B6E2DF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000001AC" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001AC" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001AE" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001AE" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001AF" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001AF" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001B0" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001B0" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001B1" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001B1" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="15B06233" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="132A72A3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001B2" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001B2" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001B4" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001B4" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001B5" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001B5" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001B6" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001B6" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001B7" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001B7" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="2AB3F47A" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="5E7C80B9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001B8" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001B8" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MON 24 Nov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001BA" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001BA" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001BB" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001BB" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001BC" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001BC" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001BD" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001BD" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Group work Specialist thematic groups</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="54B6BDC4" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="69632B2C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000001BE" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001BE" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001C0" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001C0" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001C1" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001C1" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001C2" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001C2" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001C3" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001C3" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="019AF30E" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="1C7C1B64" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000001C4" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001C4" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TUE 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001C6" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001C6" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001C7" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001C7" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001C8" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001C8" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001C9" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001C9" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="306B1450" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="60338E16" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000001CA" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001CA" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001CC" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001CC" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001CD" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001CD" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001CE" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001CE" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001CF" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001CF" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="16F70BB2" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="34DEDC20" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000001D0" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001D0" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WED 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001D2" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001D2" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001D3" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001D3" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001D4" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001D4" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001D5" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001D5" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="1E886759" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="64AF944F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000001D6" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001D6" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001D8" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001D8" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001D9" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001D9" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001DA" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001DA" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001DB" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001DB" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="71F17B96" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="3ED98EFD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000001DC" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001DC" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>THU 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001DE" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001DE" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001DF" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001DF" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001E0" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001E0" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001E1" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001E1" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="581F1F2A" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="3B4F5627" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000001E2" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001E2" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001E4" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001E4" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001E5" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001E5" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001E6" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001E6" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001E7" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001E7" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="3CFB859E" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="6DA8F2A1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000001E8" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001E8" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FRI 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001EA" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001EA" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001EB" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001EB" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001EC" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001EC" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001ED" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001ED" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="1841E5CD" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="0570E9E0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001EE" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001EE" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001F0" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001F0" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001F1" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001F1" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001F2" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001F2" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001F3" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001F3" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="3319B66D" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="57C8F2B1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001F4" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001F4" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MON 1 Dec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001F6" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001F6" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001F7" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001F7" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001F8" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001F8" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000001F9" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001F9" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Group work Specialist thematic groups</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="7C783BFA" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="5313529B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="000001FA" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001FA" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001FC" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="000001FC" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001FD" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001FD" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001FE" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001FE" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000001FF" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000001FF" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="2BA1D17E" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="2754EA23" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000200" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000200" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TUE 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000202" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000202" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000203" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000203" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000204" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000204" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000205" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000205" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="79EEA95C" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="7FA714C8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000206" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000206" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000208" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000208" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000209" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000209" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000020A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000020A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000020B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000020B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="53E41F6A" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="47D53537" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000020C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000020C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>WED 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000020E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000020E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000020F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000020F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000210" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000210" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000211" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000211" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="7195FC0C" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="596762DC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000212" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000212" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000214" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000214" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000215" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000215" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000216" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000216" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000217" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000217" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="21F350B2" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="6E4870A1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000218" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000218" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>THU 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000021A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000021A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000021B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000021B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000021C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000021C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Seminar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000021D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000021D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Presentations of Specialist Thematic reports</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="0E6B8BB7" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="6C15C11A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000021E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000021E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000220" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000220" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000221" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000221" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000222" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000222" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Seminar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000223" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000223" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Presentations of Specialist Thematic reports</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="4EDBB728" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="199E02F3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000224" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000224" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FRI 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000226" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000226" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000227" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000227" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000228" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000228" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000229" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000229" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="5E0E64E7" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="5DE3EB88" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000022A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000022A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000022C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000022C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000022D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000022D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000022E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000022E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000022F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000022F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="6941D6EB" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="0BCFB6A6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000230" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000230" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MON 8 Dec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000232" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000232" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000233" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000233" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000234" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000234" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000235" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000235" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Capstone projects for the basin groups</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="1DDEEFE2" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="3A9EA38B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000236" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000236" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000238" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000238" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000239" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000239" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000023A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000023A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000023B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000023B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="0CA563E8" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="72F4EFE6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000023C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000023C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TUE 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000023E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000023E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000023F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000023F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000240" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000240" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000241" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000241" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="3FF6749A" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="39A433AE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000242" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000242" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000244" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000244" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000245" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000245" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000246" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000246" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000247" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000247" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="6CE4100F" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="6B5F6E0E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000248" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000248" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WED 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000024A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000024A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000024B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000024B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000024C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000024C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000024D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000024D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="044900AB" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="470DF2BE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000024E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000024E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000250" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000250" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000251" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000251" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000252" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000252" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000253" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000253" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="7FAB6547" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="7D262CF9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000254" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000254" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>THU 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000256" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000256" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000257" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000257" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000258" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000258" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000259" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000259" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="6D5947BB" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="3C985760" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000025A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000025A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000025C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000025C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000025D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000025D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000025E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000025E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000025F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000025F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="1521C35A" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="3B5CCEB9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000260" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000260" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FRI 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000262" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000262" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000263" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000263" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000264" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000264" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000265" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000265" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="4B501542" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="727368AB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000266" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000266" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000268" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000268" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000269" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000269" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000026A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000026A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000026B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000026B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="5A4C5C57" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="508363AD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000026C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000026C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MON 15 Dec</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000026E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000026E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0000026F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000026F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000270" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000270" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00000271" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000271" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Capstone projects for the basin groups</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="3E7F6DDE" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="5B93D1EA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000272" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000272" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000274" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000274" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000275" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000275" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000276" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000276" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000277" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000277" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="39A6A595" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="50E8F7B1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000278" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000278" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TUE 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000027A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000027A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000027B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000027B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000027C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000027C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000027D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000027D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="492B06FE" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="14731A8B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000027E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000027E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000280" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000280" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000281" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000281" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000282" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000282" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000283" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000283" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="12B80B27" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="1ECE06C9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000284" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000284" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WED 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000286" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000286" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000287" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000287" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000288" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000288" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000289" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000289" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="39909895" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="60E72103" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000028A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000028A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000028C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000028C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000028D" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000028D" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000028E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000028E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000028F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000028F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="7B3A558E" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="1DEA61AF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000290" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000290" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>THU 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000292" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000292" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000293" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000293" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000294" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000294" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>End workshop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000295" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000295" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Capstone projects for the basin presentations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="07F12917" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="43B23823" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00000296" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000296" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000298" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="00000298" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00000299" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="00000299" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000029A" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000029A" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>End workshop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000029B" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000029B" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Way forward</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="49C21E9D" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="27206E15" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0000029C" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000029C" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>FRI 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000029E" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0000029E" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0000029F" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="0000029F" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000002A0" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000002A0" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="000002A1" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000002A1" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0037306E" w14:paraId="371D3CE9" w14:textId="77777777">
+      <w:tr w:rsidR="00A64809" w14:paraId="222BED87" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000002A2" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000002A2" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1140" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000002A4" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000002A4" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="651" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000002A5" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000002A5" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2169" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000002A6" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000002A6" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4245" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="000002A7" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+          <w:p w14:paraId="000002A7" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="000002A8" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+    <w:p w14:paraId="000002A8" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="000002A9" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+    <w:p w14:paraId="000002A9" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="000002AA" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+    <w:p w14:paraId="000002AA" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="000002AB" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+    <w:p w14:paraId="000002AB" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="000002AC" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002AC" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Possible excursions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002AD" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002AD" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>E1. Brabant (Kaas-Jan Douben)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002AE" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002AE" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">E2. </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> (Jaap)</w:t>
+        <w:t>E2. Achterhoek (Jaap)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002AF" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002AF" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">E3. </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> (Almelo) (Pieter)</w:t>
+        <w:t>E3. Vechtstromen (Almelo) (Pieter)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002B0" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+    <w:p w14:paraId="000002B0" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="000002B1" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+    <w:p w14:paraId="000002B1" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="000002B2" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002B2" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Possible lectures by Invited Experts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002B3" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002B3" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Marjolijn Haasnoot </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002B4" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002B4" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tesfaye </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Tesfaye Grebremicael </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002B5" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002B5" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Michael Mehari</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002B6" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002B6" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Woldeamlak</w:t>
+        <w:t>Woldeamlak Bewket</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="000002B7" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002B7" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Gete Zeleke</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002B8" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002B8" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">etc </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002B9" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+    <w:p w14:paraId="000002B9" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="000002BA" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+    <w:p w14:paraId="000002BA" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="000002BB" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002BB" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Period:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002BC" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002BC" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">  8:45 - 10:30</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002BD" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002BD" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>10:45 - 12:30</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002BE" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002BE" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>13:45 - 15:30</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002BF" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002BF" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>15:45 - 17:30</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0037306E">
+    <w:sectPr w:rsidR="00A64809">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="0" w:author="Pieter van der Zaag" w:date="2025-10-17T16:59:00Z" w:initials="">
-    <w:p w14:paraId="000002C1" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002C1" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Space is available in all these weeks for ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002C2" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002C2" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Visiting key note lectures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002C3" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002C3" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Excursions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002C4" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002C4" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Exercises</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002C5" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002C5" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Etc</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="000002C6" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+    <w:p w14:paraId="000002C6" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="000002C7" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="0037306E">
+    <w:p w14:paraId="000002C7" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00A64809">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="000002C8" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+    <w:p w14:paraId="000002C8" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>See below</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="000002C8" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="000002C8" w16cid:durableId="000002C8"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="68DDE12A" w14:textId="77777777" w:rsidR="007A29D0" w:rsidRDefault="007A29D0">
+    <w:p w14:paraId="06D68736" w14:textId="77777777" w:rsidR="00010765" w:rsidRDefault="00010765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DBE8047" w14:textId="77777777" w:rsidR="007A29D0" w:rsidRDefault="007A29D0">
+    <w:p w14:paraId="00C7094D" w14:textId="77777777" w:rsidR="00010765" w:rsidRDefault="00010765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{231C8D2B-4059-4016-8A0B-5A5A756AB906}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId3" w:fontKey="{B77E72C3-E8C9-479A-933C-FEFB37407727}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{8DADC1A0-2070-4950-9393-1770A5C6AEE3}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{5C1F296E-14B5-43BB-9EDA-1DCEB6790C46}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{E34A7EC9-8F4D-4C0E-A6D5-C31E03D1110C}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{D7EFEA22-4513-4FD3-96FE-FC2D0296D726}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{3D292DC6-8A13-49BC-A4CB-5E534471C563}"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="559868F5" w14:textId="77777777" w:rsidR="007A29D0" w:rsidRDefault="007A29D0">
+    <w:p w14:paraId="6FAE1A1B" w14:textId="77777777" w:rsidR="00010765" w:rsidRDefault="00010765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2A6777FA" w14:textId="77777777" w:rsidR="007A29D0" w:rsidRDefault="007A29D0">
+    <w:p w14:paraId="15E57689" w14:textId="77777777" w:rsidR="00010765" w:rsidRDefault="00010765">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="000002C0" w14:textId="77777777" w:rsidR="0037306E" w:rsidRDefault="00000000">
+  <w:p w14:paraId="000002C0" w14:textId="77777777" w:rsidR="00A64809" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
-      <w:t>Draft 4</w:t>
+      <w:t>Draft 7</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> Nov</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5D832297"/>
+    <w:nsid w:val="4C3B297B"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="8BFA7696"/>
+    <w:tmpl w:val="4ACE1D8C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
@@ -12536,120 +12383,117 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1813670080">
+  <w:num w:numId="1" w16cid:durableId="1366295901">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Pieter van der Zaag">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::pza@un-ihe.org::3873b44f-0ec1-47e6-a5ce-20212fce2e66"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0037306E"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E0062E"/>
+    <w:rsidRoot w:val="00A64809"/>
+    <w:rsid w:val="00010765"/>
+    <w:rsid w:val="00027036"/>
+    <w:rsid w:val="005112D3"/>
+    <w:rsid w:val="00A64809"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="54E32D29"/>
-  <w15:docId w15:val="{E1F4AA59-73B1-48D8-9CB5-E90D93C9B38C}"/>
+  <w15:docId w15:val="{17EED6CA-32F1-4072-A41B-FA1E13544AA6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13991,51 +13835,50 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mid+x5s8XlTHySvehockCoCqIrf2g==">CgMxLjAaJwoBMBIiCiAIBCocCgtBQUFCdERhb1doaxAIGgtBQUFCdERhb1doayKXBQoLQUFBQnREYW9XaGsS7QQKC0FBQUJ0RGFvV2hrEgtBQUFCdERhb1doaxqOAQoJdGV4dC9odG1sEoABU3BhY2UgaXMgYXZhaWxhYmxlIGluIGFsbCB0aGVzZSB3ZWVrcyBmb3IgOzxicj5WaXNpdGluZyBrZXkgbm90ZSBsZWN0dXJlczxicj5FeGN1cnNpb25zPGJyPkV4ZXJjaXNlczxicj5FdGM8YnI+PGJyPjxicj5TZWUgYmVsb3cieQoKdGV4dC9wbGFpbhJrU3BhY2UgaXMgYXZhaWxhYmxlIGluIGFsbCB0aGVzZSB3ZWVrcyBmb3IgOwpWaXNpdGluZyBrZXkgbm90ZSBsZWN0dXJlcwpFeGN1cnNpb25zCkV4ZXJjaXNlcwpFdGMKCgpTZWUgYmVsb3cqTAoTUGlldGVyIHZhbiBkZXIgWmFhZxo1Ly9zc2wuZ3N0YXRpYy5jb20vZG9jcy9jb21tb24vYmx1ZV9zaWxob3VldHRlOTYtMC5wbmcwoIjxmJ8zOKCI8ZifM3JOChNQaWV0ZXIgdmFuIGRlciBaYWFnGjcKNS8vc3NsLmdzdGF0aWMuY29tL2RvY3MvY29tbW9uL2JsdWVfc2lsaG91ZXR0ZTk2LTAucG5neACIAQGaAQYIABAAGACqAYMBEoABU3BhY2UgaXMgYXZhaWxhYmxlIGluIGFsbCB0aGVzZSB3ZWVrcyBmb3IgOzxicj5WaXNpdGluZyBrZXkgbm90ZSBsZWN0dXJlczxicj5FeGN1cnNpb25zPGJyPkV4ZXJjaXNlczxicj5FdGM8YnI+PGJyPjxicj5TZWUgYmVsb3ewAQC4AQEYoIjxmJ8zIKCI8ZifMzAAQghraXguY210MDgAciExSXVqcUtpaDFQb3BDenk4MW5sZ0dXNzBKQ2ZIc0NLaHM=</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>652</Words>
-  <Characters>3721</Characters>
+  <Words>654</Words>
+  <Characters>3728</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>IHE Delft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4365</CharactersWithSpaces>
+  <CharactersWithSpaces>4374</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Pieter van der Zaag</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>